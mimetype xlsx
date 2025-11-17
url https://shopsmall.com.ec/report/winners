--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -12,119 +12,128 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ganadores por Categoría" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Nombre del Negocio</t>
   </si>
   <si>
     <t>Nombre del Dueño</t>
   </si>
   <si>
     <t>Cédula del Dueño</t>
   </si>
   <si>
     <t>Descripción del Negocio</t>
   </si>
   <si>
     <t>Facebook</t>
   </si>
   <si>
     <t>TikTok</t>
   </si>
   <si>
     <t>Instagram</t>
   </si>
   <si>
     <t>Votos</t>
   </si>
   <si>
     <t>Productos</t>
   </si>
   <si>
     <t>Ropa</t>
   </si>
   <si>
+    <t>Oceanicsummerwear</t>
+  </si>
+  <si>
+    <t>María José Vega</t>
+  </si>
+  <si>
+    <t>Oceanic Summer Wear combina diseño, calidad y confort en ropa de verano. Prendas versátiles que te acompañan en la playa, piscina o cualquier plan bajo el sol.</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/share/175mJKKAvB/?mibextid=wwXIfr</t>
+  </si>
+  <si>
+    <t>https://www.tiktok.com/@oceanic.summerwear?_t=ZM-90AVURFLwE4&amp;_r=1</t>
+  </si>
+  <si>
+    <t>https://www.instagram.com/oceanic_summerwear?igsh=d293NHRrMTMzZDIw&amp;utm_source=qr</t>
+  </si>
+  <si>
+    <t>Brisa Marina (https://cdn.shopsmall.com.ec/uploads/productos/IMG-9459-68dc348f24cbe.jpg)
+Los Frailes (https://cdn.shopsmall.com.ec/uploads/productos/IMG-9448-68dc354cd005c.jpg)
+Canoa beach (https://cdn.shopsmall.com.ec/uploads/productos/IMG-9449-68dc35e633087.jpg)
+Ayampe (https://cdn.shopsmall.com.ec/uploads/productos/IMG-9444-68dc367c49481.jpg)
+Pantalón Leaf con Palmeras (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8370-68dc3752170ca.jpg)
+Pantalón Leaf Rosado (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8371-68dc37bdadfc8.jpg)
+Falda San Cristobal (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8377-68dc3d743a56b.jpg)
+Vestido Santa Cruz (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8375-68dc3dac1b7dd.jpg)
+Conjunto Isabella (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8378-68dc3e1cd1c0e.jpg)
+Conjunto Bahía (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8385-68dc40c285fc3.jpg)
+Pareo Coco (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8389-68dc42296a851.jpg)
+Falda Darwin (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8388-68dc424dee213.jpg)
+Cover up (https://cdn.shopsmall.com.ec/uploads/productos/IMG-8386-68dc4279a9c7c.jpg)</t>
+  </si>
+  <si>
     <t>Juana de nadie</t>
   </si>
   <si>
     <t>Johanna Machado</t>
   </si>
   <si>
     <t>0924261936</t>
   </si>
   <si>
     <t>Juana de nadie es una marca de vestidos … con nuestras prendas buscamos empoderar a la mujer con diseños novedosos o y prints coloridos … nuestro taller se conforma de mujeres cabezas de familia dándole un toque social y sostenible a marca</t>
-  </si>
-[...22 lines deleted...]
-'Mariposas' Monaco Top + Disco Pant (https://shopsmall.com.ec/uploads/productos/IMG-7629-67cb356e8e610.jpg)</t>
   </si>
   <si>
     <t>Accesorios</t>
   </si>
   <si>
     <t>HONEYMUSTARD</t>
   </si>
   <si>
     <t>Daniela Alexandra Cajas Madrid</t>
   </si>
   <si>
     <t>171208710-3</t>
   </si>
   <si>
     <t>Honey Mustard es un emprendimiento quiteño enfocado en piezas #trendy de joyas de acero inoxidable y tejidos como lana y satín hipoalergénicos a precios accesibles para tod@s.</t>
   </si>
   <si>
     <t>@honeymustard.ec</t>
   </si>
   <si>
     <t>Joyas de acero inoxidable (https://shopsmall.com.ec/uploads/productos/WhatsApp-Image-2025-03-02-at-12-42-48-PM-1-67c49c7005207.jpg)
 Aretes de acero inoxidable (https://shopsmall.com.ec/uploads/productos/WhatsApp-Image-2025-03-02-at-12-42-48-PM-3-67c49d41cbd53.jpg)
 Collares de acero Inoxidable (https://shopsmall.com.ec/uploads/productos/WhatsApp-Image-2025-03-02-at-12-42-48-PM-5-67c49d6315f3b.jpg)
 Collares de acero Inoxidable (https://shopsmall.com.ec/uploads/productos/WhatsApp-Image-2025-03-02-at-12-42-48-PM-67c49db42ba12.jpg)
 Joyas de acero inoxidable (https://shopsmall.com.ec/uploads/productos/WhatsApp-Image-2025-03-02-at-1-09-01-PM-2-67c49f4c1627d.jpg)
@@ -613,180 +622,182 @@
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="80">
       <c r="A2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="2">
+        <v>1718410879</v>
+      </c>
+      <c r="E2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="F2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" s="2"/>
-[...1 lines deleted...]
-      <c r="H2" s="2"/>
+      <c r="G2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="I2" s="2">
-        <v>1215</v>
-[...1 lines deleted...]
-      <c r="J2" s="3"/>
+        <v>1410</v>
+      </c>
+      <c r="J2" s="3" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="3" spans="1:10" customHeight="1" ht="80">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1711694222</v>
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2"/>
-      <c r="G3" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
       <c r="I3" s="2">
-        <v>896</v>
-[...3 lines deleted...]
-      </c>
+        <v>1240</v>
+      </c>
+      <c r="J3" s="3"/>
     </row>
     <row r="4" spans="1:10" customHeight="1" ht="80">
       <c r="A4" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" s="2">
-        <v>1732</v>
+        <v>1755</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="80">
       <c r="A5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="2">
         <v>1715921480</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" s="2">
-        <v>3037</v>
+        <v>3281</v>
       </c>
       <c r="J5" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="80">
       <c r="A6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="2">
         <v>1709200339</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2">
-        <v>1623</v>
+        <v>1660</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>